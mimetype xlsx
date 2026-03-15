--- v0 (2025-10-28)
+++ v1 (2026-03-15)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27726"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
+  <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Admin\OneDrive\RDV-F\Spielbetrieb\2024-2025\Vorlagen\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/6b2bf7706140c62e/RDV-F/Spielbetrieb/2025-2026/Pokal 2025-2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{99D8EE90-516C-4A40-8CDB-02B44F30E534}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="14" documentId="8_{47B2B519-17E1-4118-91D2-B9DCA94CA17F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8AC0FBBD-94B4-47D2-87E9-B8C345E642A1}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13176" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="RDV-F Pokal" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="54">
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>Teamcaptain:</t>
   </si>
   <si>
     <t>Heimteam:</t>
   </si>
   <si>
     <t>H1</t>
   </si>
   <si>
     <t>H2</t>
   </si>
   <si>
     <t>H3</t>
   </si>
   <si>
     <t>H4</t>
   </si>
   <si>
     <t>Runde 1 - Doppel (Best of 5)</t>
   </si>
   <si>
@@ -190,50 +190,53 @@
     <t>G2:</t>
   </si>
   <si>
     <t>G3:</t>
   </si>
   <si>
     <t>G4:</t>
   </si>
   <si>
     <t>G5:</t>
   </si>
   <si>
     <t>G6:</t>
   </si>
   <si>
     <t>H7:</t>
   </si>
   <si>
     <t>H8:</t>
   </si>
   <si>
     <t>G7:</t>
   </si>
   <si>
     <t>G8:</t>
+  </si>
+  <si>
+    <t>Runde:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="12"/>
       <color theme="1"/>
@@ -634,51 +637,51 @@
       </left>
       <right/>
       <top style="dotted">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="83">
+  <cellXfs count="81">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -773,180 +776,174 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...76 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -1220,375 +1217,381 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr>
+  <sheetPr codeName="Tabelle1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M46"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.23046875" defaultRowHeight="16.2" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.23046875" style="1" customWidth="1"/>
     <col min="2" max="2" width="4.23046875" style="2" customWidth="1"/>
     <col min="3" max="3" width="8.23046875" style="2" customWidth="1"/>
-    <col min="4" max="4" width="4.23046875" style="2" customWidth="1"/>
+    <col min="4" max="4" width="4.69140625" style="2" customWidth="1"/>
     <col min="5" max="5" width="1.61328125" style="2" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="4.23046875" style="2" customWidth="1"/>
+    <col min="6" max="6" width="4.69140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="1.61328125" style="1" customWidth="1"/>
     <col min="8" max="8" width="8.23046875" style="1" customWidth="1"/>
     <col min="9" max="9" width="4.23046875" style="2" customWidth="1"/>
     <col min="10" max="10" width="8.23046875" style="2" customWidth="1"/>
-    <col min="11" max="11" width="4.23046875" style="2" customWidth="1"/>
+    <col min="11" max="11" width="4.69140625" style="2" customWidth="1"/>
     <col min="12" max="12" width="1.61328125" style="2" bestFit="1" customWidth="1"/>
-    <col min="13" max="13" width="4.23046875" style="2" customWidth="1"/>
+    <col min="13" max="13" width="4.69140625" style="2" customWidth="1"/>
     <col min="14" max="16384" width="11.23046875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="61"/>
       <c r="C1" s="61"/>
-      <c r="D1" s="47"/>
-[...2 lines deleted...]
-      <c r="H1" s="62"/>
+      <c r="D1" s="45"/>
+      <c r="E1" s="45"/>
+      <c r="F1" s="45"/>
+      <c r="H1" s="1" t="s">
+        <v>53</v>
+      </c>
       <c r="I1" s="62"/>
+      <c r="J1" s="62"/>
+      <c r="K1" s="62"/>
+      <c r="L1" s="62"/>
+      <c r="M1" s="62"/>
     </row>
     <row r="2" spans="1:13" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="3"/>
-      <c r="D2" s="44"/>
-[...3 lines deleted...]
-      <c r="I2" s="46"/>
+      <c r="B2" s="44"/>
+      <c r="C2" s="44"/>
+      <c r="I2" s="44"/>
+      <c r="J2" s="44"/>
+      <c r="K2" s="44"/>
+      <c r="L2" s="44"/>
+      <c r="M2" s="44"/>
     </row>
     <row r="3" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="56" t="s">
+      <c r="A3" s="66" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="57"/>
-[...4 lines deleted...]
-      <c r="H3" s="56" t="s">
+      <c r="B3" s="67"/>
+      <c r="C3" s="53"/>
+      <c r="D3" s="53"/>
+      <c r="E3" s="53"/>
+      <c r="F3" s="54"/>
+      <c r="H3" s="66" t="s">
         <v>15</v>
       </c>
-      <c r="I3" s="57"/>
-[...3 lines deleted...]
-      <c r="M3" s="74"/>
+      <c r="I3" s="67"/>
+      <c r="J3" s="53"/>
+      <c r="K3" s="53"/>
+      <c r="L3" s="53"/>
+      <c r="M3" s="54"/>
     </row>
     <row r="4" spans="1:13" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="29"/>
       <c r="B4" s="23"/>
       <c r="C4" s="23"/>
       <c r="D4" s="23"/>
       <c r="E4" s="23"/>
       <c r="F4" s="33"/>
       <c r="H4" s="29"/>
       <c r="I4" s="23"/>
       <c r="J4" s="23"/>
       <c r="K4" s="23"/>
       <c r="L4" s="23"/>
       <c r="M4" s="33"/>
     </row>
     <row r="5" spans="1:13" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="75" t="s">
+      <c r="A5" s="68" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="76"/>
-[...4 lines deleted...]
-      <c r="H5" s="75" t="s">
+      <c r="B5" s="69"/>
+      <c r="C5" s="59"/>
+      <c r="D5" s="59"/>
+      <c r="E5" s="59"/>
+      <c r="F5" s="60"/>
+      <c r="H5" s="68" t="s">
         <v>1</v>
       </c>
-      <c r="I5" s="76"/>
-[...3 lines deleted...]
-      <c r="M5" s="82"/>
+      <c r="I5" s="69"/>
+      <c r="J5" s="59"/>
+      <c r="K5" s="59"/>
+      <c r="L5" s="59"/>
+      <c r="M5" s="60"/>
     </row>
     <row r="6" spans="1:13" ht="5.0999999999999996" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="7" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="30" t="s">
         <v>37</v>
       </c>
-      <c r="B7" s="79"/>
-[...3 lines deleted...]
-      <c r="F7" s="80"/>
+      <c r="B7" s="55"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="55"/>
+      <c r="E7" s="55"/>
+      <c r="F7" s="56"/>
       <c r="H7" s="30" t="s">
         <v>43</v>
       </c>
-      <c r="I7" s="79"/>
-[...3 lines deleted...]
-      <c r="M7" s="80"/>
+      <c r="I7" s="55"/>
+      <c r="J7" s="55"/>
+      <c r="K7" s="55"/>
+      <c r="L7" s="55"/>
+      <c r="M7" s="56"/>
     </row>
     <row r="8" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="31" t="s">
         <v>38</v>
       </c>
-      <c r="B8" s="77"/>
-[...3 lines deleted...]
-      <c r="F8" s="78"/>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="47"/>
       <c r="H8" s="31" t="s">
         <v>44</v>
       </c>
-      <c r="I8" s="77"/>
-[...3 lines deleted...]
-      <c r="M8" s="78"/>
+      <c r="I8" s="46"/>
+      <c r="J8" s="46"/>
+      <c r="K8" s="46"/>
+      <c r="L8" s="46"/>
+      <c r="M8" s="47"/>
     </row>
     <row r="9" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="31" t="s">
         <v>39</v>
       </c>
-      <c r="B9" s="77"/>
-[...3 lines deleted...]
-      <c r="F9" s="78"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="47"/>
       <c r="H9" s="31" t="s">
         <v>45</v>
       </c>
-      <c r="I9" s="77"/>
-[...3 lines deleted...]
-      <c r="M9" s="78"/>
+      <c r="I9" s="46"/>
+      <c r="J9" s="46"/>
+      <c r="K9" s="46"/>
+      <c r="L9" s="46"/>
+      <c r="M9" s="47"/>
     </row>
     <row r="10" spans="1:13" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="32" t="s">
         <v>40</v>
       </c>
-      <c r="B10" s="68"/>
-[...3 lines deleted...]
-      <c r="F10" s="69"/>
+      <c r="B10" s="57"/>
+      <c r="C10" s="57"/>
+      <c r="D10" s="57"/>
+      <c r="E10" s="57"/>
+      <c r="F10" s="58"/>
       <c r="H10" s="32" t="s">
         <v>46</v>
       </c>
-      <c r="I10" s="68"/>
-[...3 lines deleted...]
-      <c r="M10" s="69"/>
+      <c r="I10" s="57"/>
+      <c r="J10" s="57"/>
+      <c r="K10" s="57"/>
+      <c r="L10" s="57"/>
+      <c r="M10" s="58"/>
     </row>
     <row r="11" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="30" t="s">
         <v>41</v>
       </c>
-      <c r="B11" s="79"/>
-[...3 lines deleted...]
-      <c r="F11" s="80"/>
+      <c r="B11" s="55"/>
+      <c r="C11" s="55"/>
+      <c r="D11" s="55"/>
+      <c r="E11" s="55"/>
+      <c r="F11" s="56"/>
       <c r="H11" s="30" t="s">
         <v>47</v>
       </c>
-      <c r="I11" s="79"/>
-[...3 lines deleted...]
-      <c r="M11" s="80"/>
+      <c r="I11" s="55"/>
+      <c r="J11" s="55"/>
+      <c r="K11" s="55"/>
+      <c r="L11" s="55"/>
+      <c r="M11" s="56"/>
     </row>
     <row r="12" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="31" t="s">
         <v>42</v>
       </c>
-      <c r="B12" s="77"/>
-[...3 lines deleted...]
-      <c r="F12" s="78"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="47"/>
       <c r="H12" s="31" t="s">
         <v>48</v>
       </c>
-      <c r="I12" s="77"/>
-[...3 lines deleted...]
-      <c r="M12" s="78"/>
+      <c r="I12" s="46"/>
+      <c r="J12" s="46"/>
+      <c r="K12" s="46"/>
+      <c r="L12" s="46"/>
+      <c r="M12" s="47"/>
     </row>
     <row r="13" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="31" t="s">
         <v>49</v>
       </c>
-      <c r="B13" s="77"/>
-[...3 lines deleted...]
-      <c r="F13" s="78"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="47"/>
       <c r="H13" s="31" t="s">
         <v>51</v>
       </c>
-      <c r="I13" s="77"/>
-[...3 lines deleted...]
-      <c r="M13" s="78"/>
+      <c r="I13" s="46"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+      <c r="L13" s="46"/>
+      <c r="M13" s="47"/>
     </row>
     <row r="14" spans="1:13" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" s="32" t="s">
         <v>50</v>
       </c>
-      <c r="B14" s="68"/>
-[...3 lines deleted...]
-      <c r="F14" s="69"/>
+      <c r="B14" s="57"/>
+      <c r="C14" s="57"/>
+      <c r="D14" s="57"/>
+      <c r="E14" s="57"/>
+      <c r="F14" s="58"/>
       <c r="H14" s="32" t="s">
         <v>52</v>
       </c>
-      <c r="I14" s="68"/>
-[...3 lines deleted...]
-      <c r="M14" s="69"/>
+      <c r="I14" s="57"/>
+      <c r="J14" s="57"/>
+      <c r="K14" s="57"/>
+      <c r="L14" s="57"/>
+      <c r="M14" s="58"/>
     </row>
     <row r="15" spans="1:13" ht="5.0999999999999996" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="16" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="70" t="s">
+      <c r="A16" s="63" t="s">
         <v>7</v>
       </c>
-      <c r="B16" s="71"/>
-[...10 lines deleted...]
-      <c r="M16" s="72"/>
+      <c r="B16" s="64"/>
+      <c r="C16" s="64"/>
+      <c r="D16" s="64"/>
+      <c r="E16" s="64"/>
+      <c r="F16" s="64"/>
+      <c r="G16" s="64"/>
+      <c r="H16" s="64"/>
+      <c r="I16" s="64"/>
+      <c r="J16" s="64"/>
+      <c r="K16" s="64"/>
+      <c r="L16" s="64"/>
+      <c r="M16" s="65"/>
     </row>
     <row r="17" spans="1:13" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="8"/>
       <c r="B17" s="9"/>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
       <c r="E17" s="9"/>
       <c r="F17" s="9"/>
       <c r="G17" s="10"/>
       <c r="H17" s="10"/>
       <c r="I17" s="9"/>
       <c r="J17" s="9"/>
       <c r="K17" s="9"/>
       <c r="L17" s="9"/>
       <c r="M17" s="34"/>
     </row>
     <row r="18" spans="1:13" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="37"/>
       <c r="E18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="37"/>
       <c r="G18" s="14"/>
       <c r="H18" s="13" t="s">
         <v>12</v>
       </c>
       <c r="I18" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="K18" s="37"/>
       <c r="L18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="M18" s="36"/>
     </row>
     <row r="19" spans="1:13" ht="5.0999999999999996" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="20" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="63" t="s">
+      <c r="A20" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="B20" s="64"/>
-[...3 lines deleted...]
-      <c r="F20" s="65"/>
+      <c r="B20" s="49"/>
+      <c r="C20" s="49"/>
+      <c r="D20" s="49"/>
+      <c r="E20" s="49"/>
+      <c r="F20" s="50"/>
       <c r="G20" s="7"/>
-      <c r="H20" s="66" t="s">
+      <c r="H20" s="51" t="s">
         <v>24</v>
       </c>
-      <c r="I20" s="64"/>
-[...3 lines deleted...]
-      <c r="M20" s="67"/>
+      <c r="I20" s="49"/>
+      <c r="J20" s="49"/>
+      <c r="K20" s="49"/>
+      <c r="L20" s="49"/>
+      <c r="M20" s="52"/>
     </row>
     <row r="21" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="15" t="s">
         <v>3</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="38"/>
       <c r="E21" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="38"/>
       <c r="H21" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>9</v>
       </c>
       <c r="J21" s="4" t="s">
         <v>17</v>
       </c>
@@ -1669,131 +1672,131 @@
         <v>19</v>
       </c>
       <c r="D24" s="39"/>
       <c r="E24" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="39"/>
       <c r="G24" s="6"/>
       <c r="H24" s="5" t="s">
         <v>6</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>9</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="39"/>
       <c r="L24" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M24" s="41"/>
     </row>
     <row r="25" spans="1:13" ht="5.0999999999999996" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="26" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A26" s="70" t="s">
+      <c r="A26" s="63" t="s">
         <v>25</v>
       </c>
-      <c r="B26" s="71"/>
-[...10 lines deleted...]
-      <c r="M26" s="72"/>
+      <c r="B26" s="64"/>
+      <c r="C26" s="64"/>
+      <c r="D26" s="64"/>
+      <c r="E26" s="64"/>
+      <c r="F26" s="64"/>
+      <c r="G26" s="64"/>
+      <c r="H26" s="64"/>
+      <c r="I26" s="64"/>
+      <c r="J26" s="64"/>
+      <c r="K26" s="64"/>
+      <c r="L26" s="64"/>
+      <c r="M26" s="65"/>
     </row>
     <row r="27" spans="1:13" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="8"/>
       <c r="B27" s="9"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="10"/>
       <c r="H27" s="10"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
       <c r="L27" s="9"/>
       <c r="M27" s="34"/>
     </row>
     <row r="28" spans="1:13" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B28" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="12" t="s">
         <v>22</v>
       </c>
       <c r="D28" s="37"/>
       <c r="E28" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="37"/>
       <c r="G28" s="14"/>
       <c r="H28" s="13" t="s">
         <v>21</v>
       </c>
       <c r="I28" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J28" s="12" t="s">
         <v>23</v>
       </c>
       <c r="K28" s="37"/>
       <c r="L28" s="12" t="s">
         <v>11</v>
       </c>
       <c r="M28" s="36"/>
     </row>
     <row r="29" spans="1:13" ht="5.0999999999999996" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="30" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="63" t="s">
+      <c r="A30" s="48" t="s">
         <v>27</v>
       </c>
-      <c r="B30" s="64"/>
-[...3 lines deleted...]
-      <c r="F30" s="65"/>
+      <c r="B30" s="49"/>
+      <c r="C30" s="49"/>
+      <c r="D30" s="49"/>
+      <c r="E30" s="49"/>
+      <c r="F30" s="50"/>
       <c r="G30" s="7"/>
-      <c r="H30" s="66" t="s">
+      <c r="H30" s="51" t="s">
         <v>26</v>
       </c>
-      <c r="I30" s="64"/>
-[...3 lines deleted...]
-      <c r="M30" s="67"/>
+      <c r="I30" s="49"/>
+      <c r="J30" s="49"/>
+      <c r="K30" s="49"/>
+      <c r="L30" s="49"/>
+      <c r="M30" s="52"/>
     </row>
     <row r="31" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="15" t="s">
         <v>3</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D31" s="38"/>
       <c r="E31" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="38"/>
       <c r="H31" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I31" s="4" t="s">
         <v>9</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>18</v>
       </c>
@@ -1874,240 +1877,239 @@
         <v>16</v>
       </c>
       <c r="D34" s="39"/>
       <c r="E34" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="39"/>
       <c r="G34" s="6"/>
       <c r="H34" s="5" t="s">
         <v>6</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>9</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K34" s="39"/>
       <c r="L34" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M34" s="41"/>
     </row>
     <row r="35" spans="1:13" ht="5.0999999999999996" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="36" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="49" t="s">
+      <c r="A36" s="71" t="s">
         <v>28</v>
       </c>
-      <c r="B36" s="50"/>
-[...10 lines deleted...]
-      <c r="M36" s="51"/>
+      <c r="B36" s="72"/>
+      <c r="C36" s="72"/>
+      <c r="D36" s="72"/>
+      <c r="E36" s="72"/>
+      <c r="F36" s="72"/>
+      <c r="G36" s="72"/>
+      <c r="H36" s="72"/>
+      <c r="I36" s="72"/>
+      <c r="J36" s="72"/>
+      <c r="K36" s="72"/>
+      <c r="L36" s="72"/>
+      <c r="M36" s="73"/>
     </row>
     <row r="37" spans="1:13" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="17"/>
       <c r="B37" s="18"/>
       <c r="C37" s="18"/>
       <c r="D37" s="18"/>
       <c r="E37" s="18"/>
       <c r="F37" s="18"/>
       <c r="G37" s="19"/>
       <c r="H37" s="19"/>
       <c r="I37" s="18"/>
       <c r="J37" s="18"/>
       <c r="K37" s="18"/>
       <c r="L37" s="18"/>
       <c r="M37" s="35"/>
     </row>
     <row r="38" spans="1:13" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A38" s="52" t="s">
+      <c r="A38" s="74" t="s">
         <v>36</v>
       </c>
-      <c r="B38" s="53"/>
-[...10 lines deleted...]
-      <c r="M38" s="55"/>
+      <c r="B38" s="75"/>
+      <c r="C38" s="75"/>
+      <c r="D38" s="75"/>
+      <c r="E38" s="76"/>
+      <c r="F38" s="76"/>
+      <c r="G38" s="76"/>
+      <c r="H38" s="76"/>
+      <c r="I38" s="76"/>
+      <c r="J38" s="76"/>
+      <c r="K38" s="76"/>
+      <c r="L38" s="76"/>
+      <c r="M38" s="77"/>
     </row>
     <row r="39" spans="1:13" ht="5.0999999999999996" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="40" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="56" t="s">
+      <c r="A40" s="66" t="s">
         <v>32</v>
       </c>
-      <c r="B40" s="57"/>
-      <c r="C40" s="58" t="s">
+      <c r="B40" s="67"/>
+      <c r="C40" s="78" t="s">
         <v>30</v>
       </c>
-      <c r="D40" s="58"/>
+      <c r="D40" s="78"/>
       <c r="E40" s="20" t="s">
         <v>9</v>
       </c>
-      <c r="F40" s="57" t="s">
+      <c r="F40" s="67" t="s">
         <v>29</v>
       </c>
-      <c r="G40" s="59"/>
+      <c r="G40" s="79"/>
     </row>
     <row r="41" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="21" t="s">
         <v>31</v>
       </c>
       <c r="B41" s="22"/>
       <c r="C41" s="23"/>
       <c r="D41" s="42"/>
       <c r="E41" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F41" s="42"/>
       <c r="G41" s="24"/>
     </row>
     <row r="42" spans="1:13" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A42" s="25" t="s">
         <v>33</v>
       </c>
       <c r="B42" s="26"/>
       <c r="C42" s="27"/>
       <c r="D42" s="43"/>
       <c r="E42" s="27" t="s">
         <v>9</v>
       </c>
       <c r="F42" s="43"/>
       <c r="G42" s="28"/>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A45" s="60"/>
-[...10 lines deleted...]
-      <c r="M45" s="60"/>
+      <c r="A45" s="80"/>
+      <c r="B45" s="80"/>
+      <c r="C45" s="80"/>
+      <c r="D45" s="80"/>
+      <c r="E45" s="80"/>
+      <c r="F45" s="80"/>
+      <c r="H45" s="80"/>
+      <c r="I45" s="80"/>
+      <c r="J45" s="80"/>
+      <c r="K45" s="80"/>
+      <c r="L45" s="80"/>
+      <c r="M45" s="80"/>
     </row>
     <row r="46" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="48" t="s">
+      <c r="A46" s="70" t="s">
         <v>34</v>
       </c>
-      <c r="B46" s="48"/>
-[...3 lines deleted...]
-      <c r="H46" s="48" t="s">
+      <c r="B46" s="70"/>
+      <c r="C46" s="70"/>
+      <c r="D46" s="70"/>
+      <c r="E46" s="70"/>
+      <c r="H46" s="70" t="s">
         <v>35</v>
       </c>
-      <c r="I46" s="48"/>
-[...2 lines deleted...]
-      <c r="L46" s="48"/>
+      <c r="I46" s="70"/>
+      <c r="J46" s="70"/>
+      <c r="K46" s="70"/>
+      <c r="L46" s="70"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="42">
+    <mergeCell ref="A46:E46"/>
+    <mergeCell ref="H46:L46"/>
+    <mergeCell ref="A36:M36"/>
+    <mergeCell ref="A38:D38"/>
+    <mergeCell ref="E38:M38"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="C40:D40"/>
+    <mergeCell ref="F40:G40"/>
+    <mergeCell ref="A45:F45"/>
+    <mergeCell ref="H45:M45"/>
+    <mergeCell ref="B1:C1"/>
+    <mergeCell ref="I1:M1"/>
+    <mergeCell ref="A30:F30"/>
+    <mergeCell ref="H30:M30"/>
+    <mergeCell ref="B14:F14"/>
+    <mergeCell ref="I14:M14"/>
+    <mergeCell ref="A16:M16"/>
+    <mergeCell ref="A26:M26"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="C3:F3"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="B12:F12"/>
+    <mergeCell ref="I12:M12"/>
+    <mergeCell ref="B13:F13"/>
     <mergeCell ref="I13:M13"/>
     <mergeCell ref="A20:F20"/>
     <mergeCell ref="H20:M20"/>
     <mergeCell ref="J3:M3"/>
     <mergeCell ref="I7:M7"/>
     <mergeCell ref="I8:M8"/>
     <mergeCell ref="I9:M9"/>
     <mergeCell ref="I10:M10"/>
     <mergeCell ref="I11:M11"/>
     <mergeCell ref="C5:F5"/>
     <mergeCell ref="J5:M5"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="B11:F11"/>
     <mergeCell ref="B9:F9"/>
     <mergeCell ref="B10:F10"/>
-    <mergeCell ref="B1:C1"/>
-[...24 lines deleted...]
-    <mergeCell ref="H45:M45"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="1.1811023622047245" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;L&amp;G&amp;C&amp;"Script MT Bold,Standard"&amp;16&amp;USpielberichtsbogen zum RDV-F Pokal - Saison 2024/2025&amp;R&amp;G</oddHeader>
+    <oddHeader>&amp;L&amp;G&amp;C&amp;"Script MT Bold,Standard"&amp;16&amp;USpielberichtsbogen zum RDV-F Pokal - Saison 2025/2026&amp;R&amp;G</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>RDV-F Pokal</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Lutz Landua</dc:creator>
+  <dc:creator>Regionaler Dartsportverein Frankfurt e.V.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>